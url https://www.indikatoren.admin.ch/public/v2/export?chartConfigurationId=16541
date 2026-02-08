--- v0 (2025-11-28)
+++ v1 (2026-02-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945130d0852447f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/738c57ed6c974c8cbba6a1a795e678b6.psmdcp" Id="Rfbba6406099246ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8463d3837134c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0b713c94bdb4c249fb29da76b99770e.psmdcp" Id="Rf6a1aef9d4eb41d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DE" sheetId="2" r:id="rId2"/>
     <x:sheet name="FR" sheetId="3" r:id="rId3"/>
     <x:sheet name="IT" sheetId="4" r:id="rId4"/>
     <x:sheet name="EN" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Indikator-ID</x:t>
   </x:si>
   <x:si>