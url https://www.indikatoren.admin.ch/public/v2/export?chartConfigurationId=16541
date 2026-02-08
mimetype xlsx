--- v1 (2026-02-08)
+++ v2 (2026-02-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8463d3837134c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0b713c94bdb4c249fb29da76b99770e.psmdcp" Id="Rf6a1aef9d4eb41d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc1f33a5b204450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cf8d061796d498aa5ed9e9bc35cb34d.psmdcp" Id="R66849ce0901d4389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DE" sheetId="2" r:id="rId2"/>
     <x:sheet name="FR" sheetId="3" r:id="rId3"/>
     <x:sheet name="IT" sheetId="4" r:id="rId4"/>
     <x:sheet name="EN" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Indikator-ID</x:t>
   </x:si>
   <x:si>