--- v2 (2026-02-08)
+++ v3 (2026-02-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc1f33a5b204450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cf8d061796d498aa5ed9e9bc35cb34d.psmdcp" Id="R66849ce0901d4389" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5400b26c104680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/607b7c9d50ac4f4485a857a262998c2f.psmdcp" Id="R095a384cbede40c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DE" sheetId="2" r:id="rId2"/>
     <x:sheet name="FR" sheetId="3" r:id="rId3"/>
     <x:sheet name="IT" sheetId="4" r:id="rId4"/>
     <x:sheet name="EN" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Indikator-ID</x:t>
   </x:si>
   <x:si>