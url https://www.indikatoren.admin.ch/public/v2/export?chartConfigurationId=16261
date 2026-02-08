--- v0 (2025-11-28)
+++ v1 (2026-02-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea26e5dc01324b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19b1d1b017c4403983083565acfd1086.psmdcp" Id="Rd35b4e7cb60d4484" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra153cadfd5e14960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a167c53e3da5419d801a527741977374.psmdcp" Id="R5b83d1c6ba5247e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DE" sheetId="2" r:id="rId2"/>
     <x:sheet name="FR" sheetId="3" r:id="rId3"/>
     <x:sheet name="IT" sheetId="4" r:id="rId4"/>
     <x:sheet name="EN" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <x:si>
     <x:t>Indikator-ID</x:t>
   </x:si>
   <x:si>