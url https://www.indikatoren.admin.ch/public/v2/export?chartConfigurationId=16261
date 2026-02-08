--- v1 (2026-02-08)
+++ v2 (2026-02-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra153cadfd5e14960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a167c53e3da5419d801a527741977374.psmdcp" Id="R5b83d1c6ba5247e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962b38f54e174797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/839370a75acd427db3f48c8e1477757c.psmdcp" Id="R6f87c99e18e34926" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="DE" sheetId="2" r:id="rId2"/>
     <x:sheet name="FR" sheetId="3" r:id="rId3"/>
     <x:sheet name="IT" sheetId="4" r:id="rId4"/>
     <x:sheet name="EN" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <x:si>
     <x:t>Indikator-ID</x:t>
   </x:si>
   <x:si>